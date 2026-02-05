--- v0 (2025-12-15)
+++ v1 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="bilan tout trimestre" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>N°</t>
   </si>
   <si>
     <t>MATRICULE</t>
   </si>
   <si>
     <t>NOM</t>
   </si>
   <si>
     <t>PRENOMS</t>
   </si>
   <si>
     <t>CLASSE</t>
   </si>
   <si>
     <t>MOY 1er trimestre</t>
   </si>
   <si>
     <t>RANG 1er trimestre</t>
   </si>
   <si>
     <t>MOY 2ème trimestre</t>
   </si>
   <si>
@@ -96,50 +96,53 @@
     <t>MERE</t>
   </si>
   <si>
     <t>RESIDENCE</t>
   </si>
   <si>
     <t>GROUPE SANGUIN</t>
   </si>
   <si>
     <t>ECOLE D'ORIGINE</t>
   </si>
   <si>
     <t>LIEU ECOLE D'origine</t>
   </si>
   <si>
     <t>NATIONALITE</t>
   </si>
   <si>
     <t>61b</t>
   </si>
   <si>
     <t>touré gnyngneri</t>
   </si>
   <si>
     <t>0ex</t>
+  </si>
+  <si>
+    <t>1er</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -598,51 +601,53 @@
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2" t="s">
         <v>26</v>
       </c>
       <c r="D2"/>
       <c r="E2"/>
       <c r="F2">
         <v>0</v>
       </c>
       <c r="G2"/>
       <c r="H2">
         <v>0</v>
       </c>
       <c r="I2"/>
       <c r="J2">
         <v>0</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2">
         <v>0</v>
       </c>
-      <c r="M2"/>
+      <c r="M2" t="s">
+        <v>28</v>
+      </c>
       <c r="N2"/>
       <c r="O2"/>
       <c r="P2"/>
       <c r="Q2"/>
       <c r="R2"/>
       <c r="S2"/>
       <c r="T2"/>
       <c r="U2"/>
       <c r="V2"/>
       <c r="W2"/>
       <c r="X2"/>
       <c r="Y2"/>
       <c r="Z2"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>